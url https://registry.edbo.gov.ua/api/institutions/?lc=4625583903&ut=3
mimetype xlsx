--- v0 (2025-10-13)
+++ v1 (2026-01-11)
@@ -319,132 +319,132 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>БУКОВИНСЬКИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІ СТУПЕНІВ БОРИНСЬКОЇ СЕЛИЩНОЇ РАДИ САМБІРСЬКОГО РАЙОНУ ЛЬВІВСЬКОЇ ОБЛАСТІ</t>
+          <t>БУКОВИНСЬКА ПОЧАТКОВА ШКОЛА БОРИНСЬКОЇ СЕЛИЩНОЇ РАДИ САМБІРСЬКОГО РАЙОНУ ЛЬВІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>146365</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>БУКОВИНСЬКИЙ ЗЗСО І-ІІ СТ,</t>
+          <t>БУКОВИНСЬКА ПШ</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4625583903</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Буковинка, Турківський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 490</t>
+          <t>вулиця Буковинка, 490</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46080030060015452</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Самбірський р-н, с. Буковинка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Боринської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)3479912</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bykovbykazosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Комарницький Віталій Миронович</t>
+          <t>Т.в.о. директора Комарницький Віталій Миронович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>