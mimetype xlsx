--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4625582903</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Мельничне, Турківський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 8</t>
+          <t>вулиця Центральна, 10</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46080190160092519</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Самбірський р-н, с. Мельничне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури і туризму Турківської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(066)4772427</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">