--- v0 (2025-10-13)
+++ v1 (2026-01-11)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Січових Стрільців, 26</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46100230030024689</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Стрийський р-н, с. Бережниця</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Стрийської міської ради Стрийського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03245)39891</t>
+          <t>(066)4210860</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nvk.berezhnytsya@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://nvkberezhnytsya.wixsite.com/website</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Глушко Віра Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>