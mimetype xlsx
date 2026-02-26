--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -367,78 +367,78 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4625385801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. П'ятничани, Стрийський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 26</t>
+          <t>вулиця Шевченка, 22</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46100230350087709</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Стрийський р-н, с. П’ятничани</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Стрийської міської ради Стрийського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(097)9886494</t>
+          <t>(097)2898230</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>SAV1958@ukr.net</t>
+          <t>gymnazia.pyatnychany@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://cutt.ly/F9CPSI9</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Кушпір Світлана Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>