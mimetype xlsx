--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Ясенівецька, 15</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46100230150069556</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Стрийський р-н, с. Загірне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Стрийської міської ради Стрийського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(095)1055830</t>
+          <t>(097)7174675</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zagirne.school@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://zagirne-school.webnode.com.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Пилипів Оксана Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>