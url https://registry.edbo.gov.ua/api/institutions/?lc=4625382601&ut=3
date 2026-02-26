--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -388,62 +388,62 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 21</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46100230140074074</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Стрийський р-н, с. Завадів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Стрийської міської ради Стрийського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03245)39555</t>
+          <t>(068)6245078</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>schoolzavadiv@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://zavadivska-szosh-i-ii-stupeniv.webnode.com.ua</t>
+          <t>https://zavadivgymnasia.wixsite.com/main-page</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Яворська Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>