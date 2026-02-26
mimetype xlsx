--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -367,51 +367,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4625381202</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Воля-Довголуцька, Стрийський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 99</t>
+          <t>вулиця Героїв України, 99</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46100030030048807</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Стрийський р-н, с. Воля-Довголуцька</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури і туризму Грабовецько-Дулібівської сільської ради Стрийського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03245)66865</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">