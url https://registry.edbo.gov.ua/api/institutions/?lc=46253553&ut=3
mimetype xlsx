--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 4</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46100230020039990</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Стрийський р-н, с-ще Дашава</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Стрийської міської ради Стрийського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03245)37248</t>
+          <t>(066)8828182</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>school_dashava@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://dashava2017.wixsite.com/school</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Михайлевич Михайло Ярославович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>