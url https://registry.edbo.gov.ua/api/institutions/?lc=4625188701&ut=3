--- v0 (2025-10-13)
+++ v1 (2026-01-11)
@@ -446,51 +446,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Філія опорного закладу загальної середньої освіти І-ІІІ ступенів ім. о. Михайла Вербицького с. Стрілки Стрілківської сільської ради Самбірського району Львівської області - "Пицаревський ЗЗСО І ст."</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>138346</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Пицаревський ЗЗСО І-ст.</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>4625188701</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Ясениця-Замкова, Старосамбірський район, Львівська область</t>