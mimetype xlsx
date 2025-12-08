--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -472,51 +472,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>4625187801</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Тур'є, Старосамбірський район, Львівська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 34</t>
+          <t>вулиця Центральна, 83</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA46080170200082830</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Самбірський р-н, с. Тур’є</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Стрілківської сільської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(068)6231411</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">