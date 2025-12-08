--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 150-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46080210180075922</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Самбірський р-н, с. Скелівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Хирівської міської ради Самбірського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)4653743</t>
+          <t>(096)4653743, (068)6492546</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>skeliwkashkola@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Скалич Світлана Миколаївна</t>
+          <t>Директор Бандрівський Ігор Миколайович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>