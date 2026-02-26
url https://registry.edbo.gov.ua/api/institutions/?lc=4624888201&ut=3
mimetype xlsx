--- v0 (2025-11-04)
+++ v1 (2026-02-26)
@@ -367,51 +367,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4624888201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Хлівчани, Сокальський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сайко, 2</t>
+          <t>вулиця І.Сайко, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46120010230067744</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Шептицький р-н, с. Хлівчани</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Белзької міської ради Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03527)52614</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">