--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -337,114 +337,114 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Побуцька початкова школа Сколівської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>147954</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Побуцька ПШ</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4624587403</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Побук, Сколівський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Л.Українки, 31</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46100190120079537</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Стрийський р-н, с. Побук</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Сколівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(068)6482736</t>
+          <t>(067)4535137</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>pobykschool@gmail.com</t>
+          <t>osvita_sotg@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Максимів Марія Ярославівна</t>
+          <t>Директор ШИЛО Іван</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>