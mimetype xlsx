--- v0 (2025-10-13)
+++ v1 (2025-12-09)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Кам'янський заклад загальної середньої освіти І-ІІ ступенів - філія опорного закладу освіти "Сколівська академічна гімназія при Національному університеті "Львівська політехніка" імені Героя України Героя Небесної сотні Олега Ушневича Сколівської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>147373</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський ЗЗСО І-ІІ ст. – філія ОЗО «Сколівська АГ»</t>
+          <t>Кам'янський ЗЗСО І-ІІ ст. – філія ОЗО «Сколівська академічна гімназія»</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4624582501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Івана Франка, 33</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46100190050031463</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Стрийський р-н, с. Кам’янка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Сколівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(066)8214629</t>
+          <t>(066)9264448</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>lesja.stefaniv@gmail.com</t>
+          <t>dmutrivxrustuna91@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Стефанів Леся Богданівна</t>
+          <t>Завідувач філією Дмитрів Христина Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>