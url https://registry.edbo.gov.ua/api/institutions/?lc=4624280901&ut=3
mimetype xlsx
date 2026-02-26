--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Блажівська гімназія Ралівської сільської ради Самбірського району Львівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>146612</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Блажівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4624280901</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Блажів, Самбірський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 18а</t>
@@ -409,51 +409,51 @@
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)47-68-072</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>stoliat@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://blazivnvk.ucoz.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Сікорський Іван Григорович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">