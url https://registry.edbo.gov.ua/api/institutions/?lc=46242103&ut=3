--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>площа Авіації, 25</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46080070010059040</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Самбірський р-н, м. Новий Калинів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Новокалинівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(097)4441930</t>
+          <t>(098)0751542</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nov_kalinov@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://novkalinov.ucoz.net/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Струс Ганна Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>