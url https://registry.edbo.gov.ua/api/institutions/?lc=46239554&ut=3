--- v0 (2025-10-13)
+++ v1 (2026-01-12)
@@ -508,51 +508,51 @@
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Шептицький р-н, с-ще Лопатин</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Лопатинська селищна рада Радехівського району Львівської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(03255)36167, (097)7632394</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>stiv_dmutriv@i.ua</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>lopatyn-school.at.ua</t>
+          <t>https://lyceum.lopatyn.org/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Дмитрів Степан Богданович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>