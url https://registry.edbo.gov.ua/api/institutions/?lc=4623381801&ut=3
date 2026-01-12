--- v0 (2025-10-13)
+++ v1 (2026-01-12)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46060010060074671</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Львівський р-н, с. Великі Глібовичі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Бібрської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(097)2614224</t>
+          <t>(098)4017273</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>vgshkola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://vgs0.webnode.com.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Кобрин Оксана Степанівна</t>
+          <t>Керівник Пелікан Оксана Євгенівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>