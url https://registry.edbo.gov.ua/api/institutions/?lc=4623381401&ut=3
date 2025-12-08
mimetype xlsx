--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$3</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y2"/>
+  <dimension ref="A1:Y3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -425,52 +425,161 @@
           <t>Завідувач філією Ярмоленко Галина Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+      <c r="A3" s="4" t="inlineStr">
+        <is>
+          <t>Середня загальноосвітня школа №41 м. Львова</t>
+        </is>
+      </c>
+      <c r="B3" s="5" t="n">
+        <v>148718</v>
+      </c>
+      <c r="C3" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D3" s="4" t="inlineStr">
+        <is>
+          <t>СЗШ №41 м.Львова</t>
+        </is>
+      </c>
+      <c r="E3" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F3" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G3" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H3" s="6" t="inlineStr">
+        <is>
+          <t>4623381401</t>
+        </is>
+      </c>
+      <c r="I3" s="4" t="inlineStr">
+        <is>
+          <t>Львівська область</t>
+        </is>
+      </c>
+      <c r="J3" s="4" t="inlineStr">
+        <is>
+          <t>с. Брюховичі, Перемишлянський район, Львівська область</t>
+        </is>
+      </c>
+      <c r="K3" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Макаренка, 19</t>
+        </is>
+      </c>
+      <c r="L3" s="6" t="inlineStr">
+        <is>
+          <t>UA46060330080051679</t>
+        </is>
+      </c>
+      <c r="M3" s="4" t="inlineStr">
+        <is>
+          <t>Львівська обл., Львівський р-н, с. Брюховичі</t>
+        </is>
+      </c>
+      <c r="N3" s="7"/>
+      <c r="O3" s="4" t="inlineStr">
+        <is>
+          <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
+        </is>
+      </c>
+      <c r="P3" s="4" t="inlineStr">
+        <is>
+          <t>(032)2346802</t>
+        </is>
+      </c>
+      <c r="Q3" s="4"/>
+      <c r="R3" s="4" t="inlineStr">
+        <is>
+          <t>school41main@gmail.com</t>
+        </is>
+      </c>
+      <c r="S3" s="4"/>
+      <c r="T3" s="4" t="inlineStr">
+        <is>
+          <t>Директор Божейко Володимир Юрійович</t>
+        </is>
+      </c>
+      <c r="U3" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V3" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W3" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X3" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y3" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y2"/>
+  <autoFilter ref="A1:Y3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>