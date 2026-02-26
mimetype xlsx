--- v1 (2025-12-08)
+++ v2 (2026-02-26)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$2</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y3"/>
+  <dimension ref="A1:Y2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Брюховицька філія І ступеня опорного загальноосвітнього навчального закладу "Перемишлянська загальноосвітня школа-гімназія І-ІІІ ступенів" Перемишлянської районної ради Львівської області</t>
+          <t>Брюховицька філія І ступеня Перемишлянського опорного закладу загальної середньої освіти І-ІІІ ступенів № 1 Перемишлянської міської ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>141470</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Брюховицька філія І ст.</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4623381401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Брюховичі, Перемишлянський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Івана Франка, 10</t>
@@ -425,161 +425,52 @@
           <t>Завідувач філією Ярмоленко Галина Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
-[...107 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y3"/>
+  <autoFilter ref="A1:Y2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>