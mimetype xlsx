--- v0 (2025-10-27)
+++ v1 (2025-12-19)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Центр фінансово-господарського та навчально-методичного забезпечення закладів освіти і культури Стрийського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)7453537</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>naditychischool@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://www.rozvadiv.ukr.education</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Горак Олександра Миронівна</t>
+          <t>Директор Граб Світлана Андріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>