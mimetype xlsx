--- v0 (2025-11-04)
+++ v1 (2026-02-26)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46060390410082148</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Львівський р-н, с. Річки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Рава-Руської міської ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(032)5245335</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>Richkyschool@i.ua</t>
+          <t>richkivskahimnaziya@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://skolarichky.wordpress.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Білан Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>