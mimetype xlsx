--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Зубейківський заклад загальної середньої освіти І ступеня Добросинсько-Магерівської сільської ради Львівського району Львівської області</t>
+          <t>Зубейківська початкова школа Добросинсько-Магерівської сільської ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140184</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Зубейківський ЗЗСО І ст.</t>
+          <t>Зубейківська ПШ</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4622787402</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
@@ -392,55 +392,59 @@
           <t>вулиця Леся Мартовича, 49 В</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46060110170085218</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Львівський р-н, с. Зубейки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добросинсько-Магерівської сільської ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)2408490</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4"/>
+      <c r="R2" s="4" t="inlineStr">
+        <is>
+          <t>zubeykyschool@gmail.com</t>
+        </is>
+      </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Черник Марія Павлівна</t>
+          <t>Завідувач Черник Марія Павлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>