--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Сулимівський заклад загальної середньої освіти І-ІІ ступенів Куликівської селищної ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137780</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Сулимівська ЗОШ І-ІІ ст.</t>
+          <t>Сулимівський ЗЗСО І-ІІ ст.</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4622786408</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>