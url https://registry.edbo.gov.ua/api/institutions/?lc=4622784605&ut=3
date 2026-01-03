--- v0 (2025-11-03)
+++ v1 (2026-01-03)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Хитрейківський заклад загальної середньої освіти I-II ступенів Добросинсько-Магерівської сільської ради Львівського району Львівської області</t>
+          <t>Хитрейківська початкова школа Добросинсько-Магерівської сільської ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137446</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Хитрейківський ЗЗСО І-ІІ ст.</t>
+          <t>Хитрейківська ПШ</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4622784605</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 53</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46060110350085472</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Львівський р-н, с. Хитрейки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добросинсько-Магерівської сільської ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(098)8133327</t>
+          <t>(096)2755009</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>olehivna91@ukr.net</t>
+          <t>hytreykivskapsh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://hytreiky-zosh.blogspot.com/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Брославська Галина Юріївна</t>
+          <t>Завідувач Канюс Наталія Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>