--- v0 (2025-11-03)
+++ v1 (2026-01-05)
@@ -564,51 +564,51 @@
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Опорний заклад загальної середньої освіти І-ІІІ ступенів №3 Кам'янка-Бузької міської ради Львівської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>145663</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Кам'янка-Бузький ОЗЗСО І-ІІІ ступенів №3</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>4622110100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Кам'янка-Бузька, Кам'янка-Бузький район, Львівська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 53</t>