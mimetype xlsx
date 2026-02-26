--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -367,51 +367,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4621810200</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Глиняни, Золочівський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 36</t>
+          <t>вулиця Шевченка, 36-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46060050010098239</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Львівський р-н, м. Глиняни</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Глинянської міської ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03265)51670</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">