--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Філія "Заклад загальної середньої освіти І ступеня № 24 с.Городищенське" Опорного комунального закладу загальної середньої освіти I - I I I ступенів № 1 м.Ходорів Ходорівської міської ради Львівської області</t>
+          <t>Філія "Заклад загальної середньої освіти І ступеня № 24 с.Городищенське" Опорного комунального закладу загальної середньої освіти I - I I I ступенів № 1 імені Ігоря Калинця м.Ходорів Ходорівської міської ради Львівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>147218</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Філія "ЗЗСО І ступеня №24 с. Городищенське"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>