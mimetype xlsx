--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -537,51 +537,51 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>ОПОРНИЙ КОМУНАЛЬНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ №1 М. ХОДОРІВ ХОДОРІВСЬКОЇ МІСЬКОЇ РАДИ ЛЬВІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ОПОРНИЙ КОМУНАЛЬНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ №1 ІМЕНІ ІГОРЯ КАЛИНЦЯ М. ХОДОРІВ ХОДОРІВСЬКОЇ МІСЬКОЇ РАДИ ЛЬВІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>147251</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>ОЗЗСО І-ІІІ ст.№1 м.Ходорів</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>