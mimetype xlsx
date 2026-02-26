--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад Львівської обласної ради "Підбузький мистецький ліцей імені Е. Миська"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>147446</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>ПІДБУЗЬКИЙ МИСТЕЦЬКИЙ ЛІЦЕЙ ім. Е.МИСЬКА»</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа-інтернат</t>
+          <t>мистецький ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4621255700</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Підбуж, Дрогобицький район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Зелена, 2</t>
@@ -420,51 +420,51 @@
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Вовк Валерій Петрович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Підбузький заклад загальної середньої освіти І-ІІІ рівнів Східницької селищної ради Дрогобицького району Львівської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>144446</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Підбузький ЗЗСО І-ІІІ рівнів</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>