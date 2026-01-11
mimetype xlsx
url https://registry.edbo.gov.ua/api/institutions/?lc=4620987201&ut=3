--- v0 (2025-10-13)
+++ v1 (2026-01-11)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Речичанський заклад загальної середньої освіти І ступеня Городоцької міської ради Львівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>145031</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Речичанський ЗЗСО І ст.</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4620987201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Речичани, Городоцький район, Львівська область</t>
@@ -392,55 +392,51 @@
           <t>вулиця Центральна, 60 А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46060070320096939</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Львівський р-н, с. Речичани</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Гуманітарне управління Городоцької міської ради Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(098)1242635</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Сапуцький Ігор Тадейович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>