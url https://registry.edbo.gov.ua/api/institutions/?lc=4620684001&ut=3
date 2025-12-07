--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -319,99 +319,99 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Новосілківський заклад загальної середньої освіти І-ІІ ступенів імені Маркіяна Шашкевича Буської міської ради</t>
+          <t>Новосілківська гімназія імені Маркіяна Шашкевича Буської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142259</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Новосілківський ЗЗСО І-ІІ ст. ім.М.Шашкевича</t>
+          <t>Новосілківська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4620684001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Новосілки, Буський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця М.Шашкевича, 96</t>
+          <t>вулиця М.Шашкевича, 95</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46040030440015224</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Золочівський р-н, с. Новосілки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Буської міської ради Золочівського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(093)8292532</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">