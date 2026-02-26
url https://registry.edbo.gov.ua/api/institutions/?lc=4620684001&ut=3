--- v1 (2025-12-07)
+++ v2 (2026-02-26)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Новосілківська гімназія імені Маркіяна Шашкевича Буської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142259</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Новосілківська гімназія</t>
+          <t>Новосілківська гімназія ім.М.Шашкевича</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4620684001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>