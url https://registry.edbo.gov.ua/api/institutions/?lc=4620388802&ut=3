--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Дуб'є, Бродівський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 5</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46040050060023042</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Золочівський р-н, с. Дуб’є</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та гуманітарної політики Заболотцівської сільської ради Бродівського району Львівської області</t>
+          <t>Відділ освіти та гуманітарної політики Заболотцівської сільської ради Золочівського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03266)35831</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dubye@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Прихідько Надія Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">