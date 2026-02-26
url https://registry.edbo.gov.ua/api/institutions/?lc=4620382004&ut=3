--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Висоцько, Бродівський район, Львівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Кутова, 4</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46040050040053096</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Золочівський р-н, с. Висоцько</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та гуманітарної політики Заболотцівської сільської ради Бродівського району Львівської області</t>
+          <t>Відділ освіти та гуманітарної політики Заболотцівської сільської ради Золочівського району Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03266)36404</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>ovyarevko@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Яремко Оксана Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">