--- v0 (2025-11-03)
+++ v1 (2026-01-05)
@@ -497,60 +497,64 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Красівського, 31</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Стрий</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Стрийської міської ради Стрийського району Львівської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(03245)52391, (03245)54724</t>
+          <t>(098)4506955</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>shkola10struy@ukr.net</t>
         </is>
       </c>
-      <c r="S3" s="4"/>
+      <c r="S3" s="4" t="inlineStr">
+        <is>
+          <t>http://stryi-school10.lviv.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Кухар Роман Петрович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1171,51 +1175,51 @@
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 11</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Стрий</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Стрийської міської ради Стрийського району Львівської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(03245)71221, (03245)71191</t>
+          <t>(050)2761221</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>stryi_school_1@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Суховерська Марія Михайлівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">