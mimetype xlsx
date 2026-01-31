--- v0 (2025-11-03)
+++ v1 (2026-01-31)
@@ -384,51 +384,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця М. Грушевського, 87</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46020030010069501</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Дрогобич</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчих органів Дрогобицької міської ради Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(097)8579925</t>
+          <t>(097)8578925</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>drogobychgymnasium14@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Коник-Осадча Людмила Ярославівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">