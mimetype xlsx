--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$26</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y27"/>
+  <dimension ref="A1:Y26"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -1530,1700 +1530,1587 @@
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Личаківський"</t>
+          <t>Ліцей "Львівський" Львівської міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>144154</v>
+        <v>146967</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Личаківський"</t>
+          <t>Ліцей "Львівський"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Личаківська, 148</t>
+          <t>вулиця Лисинецька, 3</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(067)6953640</t>
+          <t>(032)2514019</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>shans_gimnasia_lv@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S13" s="4"/>
+          <t>lyceum-lvivskyi@ukr.net</t>
+        </is>
+      </c>
+      <c r="S13" s="4" t="inlineStr">
+        <is>
+          <t>http://lyceum-lvivskyi.lviv.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Яцульчак Ольга Миронівна</t>
+          <t>Директор Тереховська Мирослава Іванівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Львівський" Львівської міської ради</t>
+          <t>Ліцей "Просвіта" Львівської міської ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>146967</v>
+        <v>146961</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Львівський"</t>
+          <t>Ліцей "Просвіта" ЛМР</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лисинецька, 3</t>
+          <t>вулиця Просвіти, 2-4</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(032)2514019</t>
+          <t>(032)261-51-80</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>lyceum-lvivskyi@ukr.net</t>
+          <t>litsey-prosvita.lviv@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum-lvivskyi.lviv.sch.in.ua/</t>
+          <t>http://litsey-prosvita.lviv.ua/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Тереховська Мирослава Іванівна</t>
+          <t>Директор Павлів Назар Богданович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Просвіта" Львівської міської ради</t>
+          <t>Львівська загальноосвітня школа І-ІІІ ступенів №82 Львівської міської ради Львівської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>146961</v>
+        <v>146938</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Просвіта" ЛМР</t>
+          <t>Львівська ЗОШ №82</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Просвіти, 2-4</t>
+          <t>вулиця Шафарика, 13</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(032)261-51-80</t>
+          <t>(032)2706341</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>litsey-prosvita.lviv@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>lzch82@ukr.net</t>
+        </is>
+      </c>
+      <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Павлів Назар Богданович</t>
+          <t>Директор Іванів Тетяна Зиновіївна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Львівська загальноосвітня школа І-ІІІ ступенів №82 Львівської міської ради Львівської області</t>
+          <t>Львівська середня загальноосвітня школа I-III ступенів №71 Львівської міської ради Львівської області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>146938</v>
+        <v>146946</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Львівська ЗОШ №82</t>
+          <t>ЛСЗШ №71</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шафарика, 13</t>
+          <t>вулиця Дорога Кривчицька, 92</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(032)2706341</t>
+          <t>(032)2712462</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>lzch82@ukr.net</t>
+          <t>scool71@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванів Тетяна Зиновіївна</t>
+          <t>Директор Гривнак Роман Іванович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Львівська середня загальноосвітня школа I-III ступенів №71 Львівської міської ради Львівської області</t>
+          <t>Львівська середня загальноосвітня школа І-ІІІ ступенів №7 Львівської міської ради</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>146946</v>
+        <v>147687</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>ЛСЗШ №71</t>
+          <t>ЛСЗШ І-ІІІ ст. № 7 ЛМР</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дорога Кривчицька, 92</t>
+          <t>вулиця Богдана Хмельницького, 132</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(032)2712462</t>
+          <t>(032)2522006</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>scool71@ukr.net</t>
+          <t>lviv_shkola7@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Гривнак Роман Іванович</t>
+          <t>Директор Конькова Світлана Петрівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Львівська середня загальноосвітня школа І-ІІІ ступенів №7 Львівської міської ради</t>
+          <t>Львівський державний музичний ліцей імені С. Крушельницької</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>147687</v>
+        <v>143450</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>ЛСЗШ І-ІІІ ст. № 7 ЛМР</t>
+          <t>ЛДМЛ ім. С. Крушельницької</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>мистецький ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Хмельницького, 132</t>
+          <t>вулиця Зелена, 10</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
+          <t>Міністерство культури та стратегічних комунікацій України</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(032)2522006</t>
+          <t>(032)2762412</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>lviv_shkola7@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S18" s="4"/>
+          <t>lviv_muzschool_sk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S18" s="4" t="inlineStr">
+        <is>
+          <t>http://solomiya-sk.lviv.ua/</t>
+        </is>
+      </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Конькова Світлана Петрівна</t>
+          <t>Директор Закопець Лев Миронович</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Львівський державний музичний ліцей імені С. Крушельницької</t>
+          <t>Початкова приватна школа "Альфа"</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>143450</v>
+        <v>149794</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>ЛДМЛ ім. С. Крушельницької</t>
+          <t>ППШ "АЛЬФА"</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>мистецький ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелена, 10</t>
+          <t>вулиця Некрасова, 59</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(032)2762412</t>
+          <t>(032)2709208, (032)2709145</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>lviv_muzschool_sk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>lupg@ukr.net</t>
+        </is>
+      </c>
+      <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Закопець Лев Миронович</t>
+          <t>Директор Софінська Галина Василівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Початкова приватна школа "Альфа"</t>
+          <t>Початкова школа "Дзвіночок" Львівської міської ради</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>149794</v>
+        <v>149745</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>ППШ "АЛЬФА"</t>
+          <t>ПШ " Дзвіночок"</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Некрасова, 59</t>
+          <t>вулиця Юрія Руфа, 31</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(032)2709208, (032)2709145</t>
+          <t>(032)2759778</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>lupg@ukr.net</t>
+          <t>lvivdzvinochok@hotmail.com</t>
         </is>
       </c>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Софінська Галина Василівна</t>
+          <t>Директор Дихта Олена Юріївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Дзвіночок" Львівської міської ради</t>
+          <t>Початкова школа "Крок за кроком" Львівської міської ради</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>149745</v>
+        <v>176855</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D21" s="4"/>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Юрія Руфа, 31</t>
+          <t>вулиця Довбуша, 20</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(032)2759778</t>
+          <t>(032)2546397</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>lvivdzvinochok@hotmail.com</t>
+          <t>krokzakrokom24@gmail.com</t>
         </is>
       </c>
       <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Дихта Олена Юріївна</t>
+          <t>Директор Сподар Іванна Михайлівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Крок за кроком" Львівської міської ради</t>
+          <t>Приватна школа "Ерудит" приватного підприємства "Ерудит"</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>176855</v>
+        <v>147690</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Приватна школа "Ерудит"</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довбуша, 20</t>
+          <t>вулиця Зелена, 95-А</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(032)2546397</t>
+          <t>(032)2432465</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>krokzakrokom24@gmail.com</t>
+          <t>erudit@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Сподар Іванна Михайлівна</t>
+          <t>Директор Огура Володимир Любомирович</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Приватна школа "Ерудит" приватного підприємства "Ерудит"</t>
+          <t>Середня загальноосвітня школа №42 м. Львова</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>147690</v>
+        <v>146937</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Приватна школа "Ерудит"</t>
+          <t>СЗШ №42 м. Львова</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелена, 95-А</t>
+          <t>вулиця Каштанова, 9</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(032)2432465</t>
+          <t>(032)2712226</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>erudit@ukr.net</t>
+          <t>skool42@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Огура Володимир Любомирович</t>
+          <t>Директор Король Микола Олексійович</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №42 м. Львова</t>
+          <t>Середня загальноосвітня школа №63 м. Львова</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>146937</v>
+        <v>146943</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>СЗШ №42 м. Львова</t>
+          <t>СЗШ № 63 м. Львова</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Каштанова, 9</t>
+          <t>вулиця Личаківська, 171</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(032)2712226</t>
+          <t>(0322)763837</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>skool42@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S24" s="4"/>
+          <t>school_63@ukr.net</t>
+        </is>
+      </c>
+      <c r="S24" s="4" t="inlineStr">
+        <is>
+          <t>http://school63.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Король Микола Олексійович</t>
+          <t>Директор Свинчук Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №63 м. Львова</t>
+          <t>Середня загальноосвітня школа І-ІІІ ступенів №49 м. Львова</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>146943</v>
+        <v>146944</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>СЗШ № 63 м. Львова</t>
+          <t>СЗШ№49</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Личаківська, 171</t>
+          <t>вулиця О. Басараб, 4</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0322)763837</t>
+          <t>(032)2752285, (032)2767991</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>school_63@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>shkola_49@ukr.net</t>
+        </is>
+      </c>
+      <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Свинчук Світлана Анатоліївна</t>
+          <t>Директор Грамоліна Уляна Ярославівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа І-ІІІ ступенів №49 м. Львова</t>
+          <t>Товариство з обмеженою відповідальністю "Школа вільних та небайдужих"</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>146944</v>
+        <v>148307</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>СЗШ№49</t>
+          <t>ТОВ Школа вільних та небайдужих</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця О. Басараб, 4</t>
+          <t>вулиця Старознесенська, 24-26</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(032)2752285, (032)2767991</t>
+          <t>(067)6744669</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>shkola_49@ukr.net</t>
+          <t>welcome@vilni.school</t>
         </is>
       </c>
       <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Грамоліна Уляна Ярославівна</t>
+          <t> Пограничний Олександр Олександрович</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
-[...107 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y27"/>
+  <autoFilter ref="A1:Y26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>