--- v1 (2025-12-18)
+++ v2 (2026-02-21)
@@ -2147,51 +2147,51 @@
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
           <t>вулиця Зелена, 10</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(032)2762412</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>lviv_muzschool_sk@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
           <t>http://solomiya-sk.lviv.ua/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
           <t>Директор Закопець Лев Миронович</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>