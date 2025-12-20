--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -2188,51 +2188,51 @@
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(032)2633336</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>radistlviv@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Васильків Ольга Миколаївна</t>
+          <t>Директор Дуляба Юліанна Василівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
@@ -3056,51 +3056,51 @@
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
           <t>вулиця Комаринця, 2</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA46060250010515336</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(032)2385291, (032)2648667</t>
+          <t>(032)2385291</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>info@school50.lviv.ua</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
           <t>school50.lviv.ua</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
           <t>Директор Білан Мар'яна Іванівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>