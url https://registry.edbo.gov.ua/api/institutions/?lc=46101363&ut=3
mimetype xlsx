--- v0 (2025-11-02)
+++ v1 (2026-02-20)
@@ -2059,51 +2059,51 @@
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(032)2670571, (032)2670632</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
           <t>szsh65lviv@gmail.com</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
           <t>http://65school.at.ua</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Піх Леся Михайлівна</t>
+          <t>Директор Москаль Зоряна Володимирівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">