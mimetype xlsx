--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$164</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$165</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y164"/>
+  <dimension ref="A1:Y165"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -3609,51 +3609,51 @@
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
           <t>(032)263-83-63</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
           <t>school46@ua.fm</t>
         </is>
       </c>
       <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Богач Марія Валеріївна</t>
+          <t>В.о. директора Семчишин Ірина Іларіонівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
@@ -5672,71 +5672,71 @@
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>Ліцей "Личаківський"</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
-          <t>4610137200</t>
+          <t>4610136800</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Личаківська, 148</t>
+          <t>вулиця Антонича, 12</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
-          <t>UA46060250010364817</t>
+          <t>UA46060250010457177</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
           <t>(067)6953640</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
           <t>shans_gimnasia_lv@ukr.net</t>
         </is>
       </c>
       <c r="S50" s="4"/>
@@ -8129,51 +8129,51 @@
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>Львів, Львівська область</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
           <t>вулиця Зелена, 10</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
           <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
           <t>(032)2762412</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
           <t>lviv_muzschool_sk@ukr.net</t>
         </is>
       </c>
       <c r="S72" s="4" t="inlineStr">
         <is>
           <t>http://solomiya-sk.lviv.ua/</t>
         </is>
       </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
           <t>Директор Закопець Лев Миронович</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
@@ -8917,51 +8917,51 @@
       <c r="M79" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N79" s="7"/>
       <c r="O79" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P79" s="4" t="inlineStr">
         <is>
           <t>(032)2633336</t>
         </is>
       </c>
       <c r="Q79" s="4"/>
       <c r="R79" s="4" t="inlineStr">
         <is>
           <t>radistlviv@ukr.net</t>
         </is>
       </c>
       <c r="S79" s="4"/>
       <c r="T79" s="4" t="inlineStr">
         <is>
-          <t>Директор Васильків Ольга Миколаївна</t>
+          <t>Директор Дуляба Юліанна Василівна</t>
         </is>
       </c>
       <c r="U79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
@@ -9614,55 +9614,51 @@
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="4" t="inlineStr">
         <is>
           <t>Початкова школа "Крок за кроком" Львівської міської ради</t>
         </is>
       </c>
       <c r="B86" s="5" t="n">
         <v>176855</v>
       </c>
       <c r="C86" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D86" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D86" s="4"/>
       <c r="E86" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G86" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H86" s="6" t="inlineStr">
         <is>
           <t>4610137200</t>
         </is>
       </c>
       <c r="I86" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
@@ -12219,51 +12215,51 @@
       <c r="M109" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N109" s="7"/>
       <c r="O109" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P109" s="4" t="inlineStr">
         <is>
           <t>(032)222-18-62</t>
         </is>
       </c>
       <c r="Q109" s="4"/>
       <c r="R109" s="4" t="inlineStr">
         <is>
           <t>lvivschool13@gmail.com</t>
         </is>
       </c>
       <c r="S109" s="4"/>
       <c r="T109" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Карпій Роман Володимирович</t>
+          <t>Директор Івановська Марта Романівна</t>
         </is>
       </c>
       <c r="U109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y109" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
@@ -13753,51 +13749,51 @@
       </c>
       <c r="N123" s="7"/>
       <c r="O123" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P123" s="4" t="inlineStr">
         <is>
           <t>(032)2670571, (032)2670632</t>
         </is>
       </c>
       <c r="Q123" s="4"/>
       <c r="R123" s="4" t="inlineStr">
         <is>
           <t>szsh65lviv@gmail.com</t>
         </is>
       </c>
       <c r="S123" s="4" t="inlineStr">
         <is>
           <t>http://65school.at.ua</t>
         </is>
       </c>
       <c r="T123" s="4" t="inlineStr">
         <is>
-          <t>Директор Піх Леся Михайлівна</t>
+          <t>Директор Москаль Зоряна Володимирівна</t>
         </is>
       </c>
       <c r="U123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y123" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
@@ -14197,51 +14193,51 @@
       <c r="M127" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P127" s="4" t="inlineStr">
         <is>
           <t>(032)2708502</t>
         </is>
       </c>
       <c r="Q127" s="4"/>
       <c r="R127" s="4" t="inlineStr">
         <is>
           <t>shkola73@ukr.net</t>
         </is>
       </c>
       <c r="S127" s="4"/>
       <c r="T127" s="4" t="inlineStr">
         <is>
-          <t>Директор Бешлей Марта Миколаївна</t>
+          <t>В.о. директора Титова Світлана Богданівна</t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
@@ -15937,51 +15933,51 @@
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
           <t>вулиця Комаринця, 2</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
           <t>UA46060250010515336</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., м. Львів</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
-          <t>(032)2385291, (032)2648667</t>
+          <t>(032)2385291</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
           <t>info@school50.lviv.ua</t>
         </is>
       </c>
       <c r="S143" s="4" t="inlineStr">
         <is>
           <t>school50.lviv.ua</t>
         </is>
       </c>
       <c r="T143" s="4" t="inlineStr">
         <is>
           <t>Директор Білан Мар'яна Іванівна</t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
@@ -17707,51 +17703,51 @@
       </c>
       <c r="L159" s="6" t="inlineStr">
         <is>
           <t>UA46060250040091928</t>
         </is>
       </c>
       <c r="M159" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Львівський р-н, с-ще Брюховичі</t>
         </is>
       </c>
       <c r="N159" s="7"/>
       <c r="O159" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P159" s="4" t="inlineStr">
         <is>
           <t>(032)2346802</t>
         </is>
       </c>
       <c r="Q159" s="4"/>
       <c r="R159" s="4" t="inlineStr">
         <is>
-          <t>school41lviv@online.ua</t>
+          <t>school41main@gmail.com</t>
         </is>
       </c>
       <c r="S159" s="4"/>
       <c r="T159" s="4" t="inlineStr">
         <is>
           <t>Директор Божейко Володимир Юрійович</t>
         </is>
       </c>
       <c r="U159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X159" s="6" t="inlineStr">
         <is>
@@ -17850,74 +17846,74 @@
       <c r="U160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y160" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД ЛЬВІВСЬКОЇ ОБЛАСНОЇ РАДИ "ВИННИКІВСЬКА ЗАГАЛЬНООСВІТНЯ САНАТОРНА ШКОЛА І-ІІІ СТУПЕНІВ"</t>
+          <t>Комунальний заклад Львівської обласної ради "Винниківський науковий ліцей"</t>
         </is>
       </c>
       <c r="B161" s="5" t="n">
         <v>148948</v>
       </c>
       <c r="C161" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>КЗ ЛОР ВЗСШІ</t>
+          <t>КЗ ЛОР ВНЛ</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа-інтернат</t>
+          <t>науковий ліцей</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H161" s="6" t="inlineStr">
         <is>
           <t>4610160300</t>
         </is>
       </c>
       <c r="I161" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J161" s="4" t="inlineStr">
         <is>
           <t>Винники, Львів, Львівська область</t>
         </is>
       </c>
       <c r="K161" s="4" t="inlineStr">
         <is>
           <t>вулиця Галицька, 88-А</t>
@@ -17951,51 +17947,51 @@
         </is>
       </c>
       <c r="S161" s="4"/>
       <c r="T161" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Свистович Лілія Євгеніївна</t>
         </is>
       </c>
       <c r="U161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X161" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y161" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="4" t="inlineStr">
         <is>
           <t>Середня загальноосвітня школа І-ІІІ ступенів №29 м. Львова</t>
         </is>
       </c>
       <c r="B162" s="5" t="n">
         <v>146929</v>
       </c>
       <c r="C162" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>СЗШ № 29 м.Львова</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
@@ -18177,158 +18173,267 @@
       <c r="U163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y163" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 74 імені Марійки Підгірянки Львівської міської ради</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ОСВІТИ СПОРТИВНИЙ ЛІЦЕЙ "ЗНАННЯ ТА СИЛА"</t>
         </is>
       </c>
       <c r="B164" s="5" t="n">
-        <v>147718</v>
+        <v>176970</v>
       </c>
       <c r="C164" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №74</t>
+          <t>ТОВ "СПОРТИВНИЙ ЛІЦЕЙ "ЗНАННЯ ТА СИЛА"</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G164" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H164" s="6" t="inlineStr">
         <is>
-          <t>4610165500</t>
+          <t>4610160300</t>
         </is>
       </c>
       <c r="I164" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J164" s="4" t="inlineStr">
         <is>
-          <t>смт Рудне, Львів, Львівська область</t>
+          <t>Винники, Львів, Львівська область</t>
         </is>
       </c>
       <c r="K164" s="4" t="inlineStr">
         <is>
-          <t>вулиця Огієнка, 9</t>
+          <t>вулиця Спортова, 2</t>
         </is>
       </c>
       <c r="L164" s="6" t="inlineStr">
         <is>
-          <t>UA46060250050072482</t>
+          <t>UA46060250020038547</t>
         </is>
       </c>
       <c r="M164" s="4" t="inlineStr">
         <is>
-          <t>Львівська обл., Львівський р-н, с-ще Рудне</t>
+          <t>Львівська обл., Львівський р-н, м. Винники</t>
         </is>
       </c>
       <c r="N164" s="7"/>
       <c r="O164" s="4" t="inlineStr">
         <is>
           <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
         </is>
       </c>
       <c r="P164" s="4" t="inlineStr">
         <is>
-          <t>(032)2978792</t>
+          <t>(093)4418734</t>
         </is>
       </c>
       <c r="Q164" s="4"/>
       <c r="R164" s="4" t="inlineStr">
         <is>
-          <t>lyceum74lv@ukr.net</t>
+          <t>znannia.syla100@gmail.com</t>
         </is>
       </c>
       <c r="S164" s="4"/>
       <c r="T164" s="4" t="inlineStr">
         <is>
-          <t>Директор Кархут Оксана Володимирівна</t>
+          <t>Директор Бідун Василь Михайлович</t>
         </is>
       </c>
       <c r="U164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y164" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="4" t="inlineStr">
+        <is>
+          <t>Ліцей № 74 імені Марійки Підгірянки Львівської міської ради</t>
+        </is>
+      </c>
+      <c r="B165" s="5" t="n">
+        <v>147718</v>
+      </c>
+      <c r="C165" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>Ліцей №74</t>
+        </is>
+      </c>
+      <c r="E165" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G165" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H165" s="6" t="inlineStr">
+        <is>
+          <t>4610165500</t>
+        </is>
+      </c>
+      <c r="I165" s="4" t="inlineStr">
+        <is>
+          <t>Львівська область</t>
+        </is>
+      </c>
+      <c r="J165" s="4" t="inlineStr">
+        <is>
+          <t>смт Рудне, Львів, Львівська область</t>
+        </is>
+      </c>
+      <c r="K165" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Огієнка, 9</t>
+        </is>
+      </c>
+      <c r="L165" s="6" t="inlineStr">
+        <is>
+          <t>UA46060250050072482</t>
+        </is>
+      </c>
+      <c r="M165" s="4" t="inlineStr">
+        <is>
+          <t>Львівська обл., Львівський р-н, с-ще Рудне</t>
+        </is>
+      </c>
+      <c r="N165" s="7"/>
+      <c r="O165" s="4" t="inlineStr">
+        <is>
+          <t>Управління освітньої інфраструктури департаменту освіти та культури Львівської міської ради</t>
+        </is>
+      </c>
+      <c r="P165" s="4" t="inlineStr">
+        <is>
+          <t>(032)2978792</t>
+        </is>
+      </c>
+      <c r="Q165" s="4"/>
+      <c r="R165" s="4" t="inlineStr">
+        <is>
+          <t>lyceum74lv@ukr.net</t>
+        </is>
+      </c>
+      <c r="S165" s="4"/>
+      <c r="T165" s="4" t="inlineStr">
+        <is>
+          <t>Директор Кархут Оксана Володимирівна</t>
+        </is>
+      </c>
+      <c r="U165" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V165" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W165" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X165" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y165" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y164"/>
+  <autoFilter ref="A1:Y165"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>