--- v0 (2025-10-30)
+++ v1 (2026-03-07)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Тополі, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 18</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44100130420067961</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Тополі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06456)95540</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>topolishcola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>topolischool.in.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Рущенко Олена Богданівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>