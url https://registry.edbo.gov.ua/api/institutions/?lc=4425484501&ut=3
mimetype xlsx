--- v0 (2025-10-23)
+++ v1 (2026-02-10)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Покровське, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Слобожанська, 77</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44100130330086167</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Покровське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06456)93440</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zosh_pokrovsk@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://zoshpokrovsk.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ходикіна Любов Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>