--- v0 (2025-10-29)
+++ v1 (2026-03-04)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Новознам'янка, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 18</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44100130300069381</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Новознам’янка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06456)95441</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nskaschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Євсюкова Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">