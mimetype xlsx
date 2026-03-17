--- v0 (2025-11-03)
+++ v1 (2026-03-17)
@@ -371,51 +371,51 @@
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4425481501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Воєводське, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 7А</t>
         </is>
       </c>
       <c r="L2" s="6"/>
       <c r="M2" s="4"/>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>