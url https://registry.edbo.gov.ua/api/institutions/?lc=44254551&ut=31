--- v0 (2025-11-02)
+++ v1 (2026-03-17)
@@ -379,51 +379,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Пушкіна, 107</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
@@ -476,51 +476,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>квартал Молодіжний, 19</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>ua.dnz.barvinok@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -577,51 +577,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>проспект Перемоги, 73</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>lemzyakovanatalia@ukr.net</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>