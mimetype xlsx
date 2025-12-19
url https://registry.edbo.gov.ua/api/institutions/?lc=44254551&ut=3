--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -367,78 +367,78 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4425455100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Маяковського, 20А</t>
+          <t>вулиця Музейна, 20А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06456)2-32-35</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>troitsklyceum@gmail.com</t>
+          <t>lyceum_p@troicka-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Меніна Галина Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>