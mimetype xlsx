--- v1 (2025-12-19)
+++ v2 (2026-02-10)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Музейна, 20А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06456)2-32-35</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>lyceum_p@troicka-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Меніна Галина Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
@@ -492,51 +492,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>провулок Шкільний, 17-А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(06456)24105</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>shkolatr@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Іванова Анастасія Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
@@ -601,51 +601,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Пушкіна, 107</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(066)1138154</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>shkolazuganovka@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Ляхова Неля Григоріївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">