--- v0 (2025-10-20)
+++ v1 (2026-02-10)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>ТОШКІВСЬКА ГІМНАЗІЯ №23 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОШКІВСЬКА ГІМНАЗІЯ №23 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140430</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Тошківська гімназія № 23</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -383,96 +383,96 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Тошківка, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44120010050088526</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Тошківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)7385505</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>toshkivskazosh23@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Соколов Михайло Сергійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>ТОШКІВСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОШКІВСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>140297</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Тошківський ліцей</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -492,51 +492,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Тошківка, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>квартал Миколи Цуприка, 5б</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44120010050088526</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Тошківка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(050)1802766</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>toshkivka_school-22@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://toshkivkaschool-22.wixsite.com/nvk-znz-dnz/pro-nas</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Черкасс Володимир Михайлович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>