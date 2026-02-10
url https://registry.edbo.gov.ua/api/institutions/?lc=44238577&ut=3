--- v0 (2025-10-16)
+++ v1 (2026-02-10)
@@ -379,160 +379,160 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Нижнє, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 16</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44120010030016389</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Нижнє</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)3165921</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nvk35@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Федорова Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>НИЖНЄНСЬКИЙ ЛІЦЕЙ №36 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>НИЖНЄНСЬКИЙ ЛІЦЕЙ №36 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>140429</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Нижнєнський ліцей №36</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>4423857700</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Нижнє, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченко, 6</t>
+          <t>вулиця Леонтовича Миколи, 6</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44120010030016389</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Нижнє</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(097)9871368</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>nzoh36@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://school36.ucoz.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Cоколова Ірина Сабирівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>