--- v0 (2025-10-20)
+++ v1 (2026-02-10)
@@ -424,51 +424,51 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №16 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №16 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>140296</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Золотівський ліцей №16</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -488,100 +488,100 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>квартал Сонячний, 12</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(066)798-75-41</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>zolot.litsey16@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://zolote-bg.ucoz.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t> Заїка Володимир Миколайович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>137441</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Золотівський ліцей №5</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -601,96 +601,96 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Михайла Коцюбинського, 28</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(095)723-24-65</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>school_5-1936@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Бабак Олена Михайлівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №14" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №14" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>140559</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Золотівська філія № 14</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -710,96 +710,96 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Театральна, 2А</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(095)897-36-31</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>school14-p@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Чеметьєва Алла Анатоліївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №7" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №7" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>138362</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Золотівська філія №7</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -819,51 +819,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Кленова, 1</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(068)287-08-80</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>rodina7@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Єрємєєва Галина Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">