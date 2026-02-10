--- v0 (2025-10-18)
+++ v1 (2026-02-10)
@@ -428,51 +428,51 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>ГІРСЬКА ФІЛІЯ ГІРСЬКОГО ЛІЦЕЮ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ГІРСЬКА ФІЛІЯ ГІРСЬКОГО ЛІЦЕЮ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>142737</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Гірська філія Гірського ліцею</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
@@ -492,96 +492,96 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Гірське, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Первомайська, 88</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44120010010055038</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Гірське</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(099)0666918</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>school15gorsk@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Зигуля Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>ГІРСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ГІРСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>137442</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Гірський ліцей</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -601,51 +601,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Гірське, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагаріна, 19</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA44120010010055038</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Гірське</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(050)2277523</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>gorsk.osvita@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Кацинська Олена Вікторівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">