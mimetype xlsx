--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06474)20490</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>popasnaya_school_1@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>first-school.ucoz.com</t>
+          <t>https://sites.google.com/view/kulitsey1/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Синиченко Тетяна Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -512,51 +512,51 @@
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(06474)20061</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>gim.20@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://gimnazia20.ucoz.com</t>
+          <t>https://sites.google.com/view/popasna-lyceum20/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Терпелюк Олена Григорівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -593,116 +593,116 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>4423810100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Попасна, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>провулок Лермонтова, 14</t>
+          <t>провулок Мистецький, 14</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA44120070010080343</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(06474)21380</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>school24popasnay@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://school-24.ucoz.ua/</t>
+          <t>https://sites.google.com/view/lyceum24</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Груздо Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>ПОПАСНЯНСЬКИЙ ЛІЦЕЙ №25 ПОПАСНЯНСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ПОПАСНЯНСЬКИЙ ЛІЦЕЙ №25 ПОПАСНЯНСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>140956</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Попаснянський ліцей №25</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -849,51 +849,55 @@
           <t>UA44120070010080343</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(06474)20242</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>school21popasnaya@ukr.net</t>
         </is>
       </c>
-      <c r="S6" s="4"/>
+      <c r="S6" s="4" t="inlineStr">
+        <is>
+          <t>http://popasna-school21.lg.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Устенко Марина Георгіївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>